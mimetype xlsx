--- v0 (2025-10-03)
+++ v1 (2025-12-04)
@@ -160,51 +160,51 @@
   <si>
     <t>ESTABELECE LIMITES À EMISSÃO DE SONS E RUÍDOS EM ESPAÇOS PÚBLICOS, VISANDO À PROTEÇÃO DO BEM-ESTAR DE PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA NO MUNICÍPIO DE CAMPO LARGO.</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO nº 71 de 2025</t>
   </si>
   <si>
     <t>VICTOR BINI</t>
   </si>
   <si>
     <t>"DENOMINA A RUA BERTOLINO OLIVEIRA DOS SANTOS, NO LOTEAMENTO JARDIM ANDREASSA, NO BAIRRO RIVABEM, CONFORME ESPECIFICA."</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO nº 77 de 2025</t>
   </si>
   <si>
     <t>INSTITUI O MÊS DE MAIO COMO “MAIO FURTA-COR”, DEDICADO À CONSCIENTIZAÇÃO, AO INCENTIVO AO CUIDADO E A PROMOÇÃO DA SAÚDE MENTAL MATERNA NO MUNICÍPIO DE CAMPO LARGO.</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO nº 85 de 2025</t>
   </si>
   <si>
     <t>ATHOS MARTINEZ</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A DENOMINAÇÃO DA VIA PÚBLICA LOCALIZADA NO MUNICÍPIO DE CAMPO LARGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>DISPÕE SOBRE A DENOMINAÇÃO DA VIA PÚBLICA, DE PAOLA BATISTA FALAT, LOCALIZADA NO FERRARIA, NESTE MUNICÍPIO DE CAMPO LARGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 9 de 2025</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR MATEUS SEGURO, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 10 de 2025</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR HIROFUMI NAKAGIRI, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO EXECUTIVO nº 54 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTIMATIVA DE RECEITA DO TRANSPORTE PÚBLICO MUNICIPAL, FONTE 70 – SISTEMA DE BILHETAGEM ELETRONICA, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>APRESENTADO EM PLENÁRIO</t>
   </si>
   <si>
     <t>expediente</t>
   </si>