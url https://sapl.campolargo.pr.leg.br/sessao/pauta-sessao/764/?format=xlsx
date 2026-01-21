--- v0 (2025-12-04)
+++ v1 (2026-01-21)
@@ -54,51 +54,51 @@
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO EXECUTIVO nº 69 de 2025</t>
   </si>
   <si>
     <t>MAURICIO ROBERTO RIVABEM - PREFEITO</t>
   </si>
   <si>
     <t>TRANSFERE POR INVESTIDURA, ÁREA DE TERRENO INAPROVEITÁVEL PERTENCENTE AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>APRESENTADO EM PLENÁRIO</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO EXECUTIVO nº 72 de 2025</t>
   </si>
   <si>
     <t>RATIFICA A CONSOLIDAÇÃO DO PROTOCOLO DE INTENÇÕES DO CONSÓRCIO INTERMUNICIPAL DAS GUARDAS MUNICIPAIS DA REGIÃO METROPOLITANA DE CURITIBA, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO EXECUTIVO nº 74 de 2025</t>
   </si>
   <si>
-    <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº2353, DE 22 DE DEZEMBRO DE 2011, QUE INSTITUI O PLANO DE CARGOS E VENCIMENTOS DOS SERVIDORES PÚBLICOS DO MNICÍPIO DE CAMPO LARGO, CONFORME ESPECIFICA.</t>
+    <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº2353, DE 22 DE DEZEMBRO DE 2011, QUE INSTITUI O PLANO DE CARGOS E VENCIMENTOS DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE CAMPO LARGO, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO EXECUTIVO nº 76 de 2025</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DA CÂMARA MUNICIPAL DE CAMPO LARGO PARA O EXERCÍCIO DE 2025 E A PROMOVER AS DEVIDAS ALTERAÇÕES NO PLANO PLURIANUAL 2022-2025, NA LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2025, E NA LEI ORÇAMENTÁRIA ANUAL DE 2025.</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO EXECUTIVO nº 78 de 2025</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 80.000,00 (OITENTA MIL REAIS) NO ORÇAMENTO DO INSTITUTO DE APOSENTADORIAS E PENSÕES DE CAMPO LARGO PARA O EXERCÍCIO DE 2025 E EFETUA OUTROS PROCEDIMENTOS DE NATUREZA ORÇAMENTÁRIA, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO nº 90 de 2025</t>
   </si>
   <si>
     <t>ATHOS MARTINEZ</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A AMONPAR – ASSOCIAÇÃO DE PESSOAS COM VISÃO MONOCULAR.</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO nº 127 de 2025</t>
   </si>